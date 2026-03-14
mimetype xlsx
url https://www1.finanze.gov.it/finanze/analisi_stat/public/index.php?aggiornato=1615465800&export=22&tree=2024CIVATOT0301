--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -1978,58 +1978,58 @@
       </c>
       <c r="P14" s="2">
         <v>5986079</v>
       </c>
       <c r="Q14" s="5">
         <v>666.23</v>
       </c>
       <c r="R14" s="2">
         <v>6912</v>
       </c>
       <c r="S14" s="2">
         <v>2081901</v>
       </c>
       <c r="T14" s="5">
         <v>301.2</v>
       </c>
       <c r="U14" s="2">
         <v>7836</v>
       </c>
       <c r="V14" s="2">
         <v>3904178</v>
       </c>
       <c r="W14" s="5">
         <v>498.24</v>
       </c>
-      <c r="X14" s="2" t="s">
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="X14" s="2">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="2">
+        <v>0</v>
+      </c>
+      <c r="Z14" s="5">
+        <v>-0.02</v>
       </c>
       <c r="AA14" s="2">
         <v>4447</v>
       </c>
       <c r="AB14" s="2">
         <v>209490</v>
       </c>
       <c r="AC14" s="5">
         <v>47.11</v>
       </c>
       <c r="AD14" s="2">
         <v>3590</v>
       </c>
       <c r="AE14" s="2">
         <v>71398</v>
       </c>
       <c r="AF14" s="5">
         <v>19.89</v>
       </c>
       <c r="AG14" s="2" t="s">
         <v>40</v>
       </c>
       <c r="AH14" s="2" t="s">
         <v>40</v>
       </c>
@@ -5211,58 +5211,58 @@
       </c>
       <c r="AQ30" s="2">
         <v>99</v>
       </c>
       <c r="AR30" s="5">
         <v>3.42</v>
       </c>
       <c r="AS30" s="2">
         <v>5</v>
       </c>
       <c r="AT30" s="2">
         <v>2</v>
       </c>
       <c r="AU30" s="5">
         <v>0.33</v>
       </c>
       <c r="AV30" s="2">
         <v>0</v>
       </c>
       <c r="AW30" s="2">
         <v>0</v>
       </c>
       <c r="AX30" s="5">
         <v>0.0</v>
       </c>
-      <c r="AY30" s="2" t="s">
-[...6 lines deleted...]
-        <v>40</v>
+      <c r="AY30" s="2">
+        <v>12</v>
+      </c>
+      <c r="AZ30" s="2">
+        <v>4</v>
+      </c>
+      <c r="BA30" s="5">
+        <v>0.32</v>
       </c>
       <c r="BB30" s="2">
         <v>27152</v>
       </c>
       <c r="BC30" s="2">
         <v>2269394</v>
       </c>
       <c r="BD30" s="5">
         <v>83.58</v>
       </c>
       <c r="BE30" s="2">
         <v>6</v>
       </c>
       <c r="BF30" s="2">
         <v>7</v>
       </c>
       <c r="BG30" s="5">
         <v>1.23</v>
       </c>
       <c r="BH30" s="2">
         <v>36947</v>
       </c>
       <c r="BI30" s="2">
         <v>7241206</v>
       </c>