--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -6638,112 +6638,112 @@
         <v>85337</v>
       </c>
       <c r="LA13" s="2">
         <v>55242</v>
       </c>
       <c r="LB13" s="5">
         <v>0.65</v>
       </c>
       <c r="LC13" s="2">
         <v>156642</v>
       </c>
       <c r="LD13" s="2">
         <v>75711</v>
       </c>
       <c r="LE13" s="5">
         <v>0.48</v>
       </c>
     </row>
     <row r="14" spans="1:317">
       <c r="A14" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B14" s="2">
         <v>99231</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...15 lines deleted...]
-        <v>126</v>
+      <c r="C14" s="2">
+        <v>26058</v>
+      </c>
+      <c r="D14" s="2">
+        <v>1719</v>
+      </c>
+      <c r="E14" s="5">
+        <v>0.07</v>
+      </c>
+      <c r="F14" s="2">
+        <v>29226</v>
+      </c>
+      <c r="G14" s="2">
+        <v>1386</v>
+      </c>
+      <c r="H14" s="5">
+        <v>0.05</v>
       </c>
       <c r="I14" s="2">
         <v>129</v>
       </c>
       <c r="J14" s="2">
         <v>456</v>
       </c>
       <c r="K14" s="5">
         <v>3.54</v>
       </c>
       <c r="L14" s="2">
         <v>45852</v>
       </c>
       <c r="M14" s="2">
         <v>81693</v>
       </c>
       <c r="N14" s="5">
         <v>1.78</v>
       </c>
       <c r="O14" s="2">
         <v>55334</v>
       </c>
       <c r="P14" s="2">
         <v>1272511</v>
       </c>
       <c r="Q14" s="5">
         <v>23.0</v>
       </c>
       <c r="R14" s="2">
         <v>34684</v>
       </c>
       <c r="S14" s="2">
         <v>768469</v>
       </c>
       <c r="T14" s="5">
         <v>22.16</v>
       </c>
-      <c r="U14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="U14" s="2">
+        <v>1765</v>
+      </c>
+      <c r="V14" s="2">
+        <v>17190</v>
+      </c>
+      <c r="W14" s="5">
+        <v>9.74</v>
       </c>
       <c r="X14" s="2">
         <v>1389</v>
       </c>
       <c r="Y14" s="2">
         <v>92233</v>
       </c>
       <c r="Z14" s="5">
         <v>66.4</v>
       </c>
       <c r="AA14" s="2">
         <v>88</v>
       </c>
       <c r="AB14" s="2">
         <v>214</v>
       </c>
       <c r="AC14" s="5">
         <v>2.43</v>
       </c>
       <c r="AD14" s="2">
         <v>934</v>
       </c>
       <c r="AE14" s="2">
         <v>3408</v>
       </c>
@@ -6782,58 +6782,58 @@
       </c>
       <c r="AQ14" s="2">
         <v>56</v>
       </c>
       <c r="AR14" s="5">
         <v>8.0</v>
       </c>
       <c r="AS14" s="2" t="s">
         <v>126</v>
       </c>
       <c r="AT14" s="2" t="s">
         <v>126</v>
       </c>
       <c r="AU14" s="5" t="s">
         <v>126</v>
       </c>
       <c r="AV14" s="2">
         <v>131</v>
       </c>
       <c r="AW14" s="2">
         <v>2570</v>
       </c>
       <c r="AX14" s="5">
         <v>19.62</v>
       </c>
-      <c r="AY14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="AY14" s="2">
+        <v>3830</v>
+      </c>
+      <c r="AZ14" s="2">
+        <v>12986</v>
+      </c>
+      <c r="BA14" s="5">
+        <v>3.39</v>
       </c>
       <c r="BB14" s="2">
         <v>236</v>
       </c>
       <c r="BC14" s="2">
         <v>1427</v>
       </c>
       <c r="BD14" s="5">
         <v>6.05</v>
       </c>
       <c r="BE14" s="2">
         <v>1182</v>
       </c>
       <c r="BF14" s="2">
         <v>1944</v>
       </c>
       <c r="BG14" s="5">
         <v>1.64</v>
       </c>
       <c r="BH14" s="2">
         <v>1308</v>
       </c>
       <c r="BI14" s="2">
         <v>90740</v>
       </c>
@@ -6926,94 +6926,94 @@
       </c>
       <c r="CM14" s="2">
         <v>96723</v>
       </c>
       <c r="CN14" s="5">
         <v>36.78</v>
       </c>
       <c r="CO14" s="2">
         <v>377</v>
       </c>
       <c r="CP14" s="2">
         <v>4823</v>
       </c>
       <c r="CQ14" s="5">
         <v>12.79</v>
       </c>
       <c r="CR14" s="2">
         <v>9402</v>
       </c>
       <c r="CS14" s="2">
         <v>71169</v>
       </c>
       <c r="CT14" s="5">
         <v>7.57</v>
       </c>
-      <c r="CU14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="CU14" s="2">
+        <v>1153</v>
+      </c>
+      <c r="CV14" s="2">
+        <v>6927</v>
+      </c>
+      <c r="CW14" s="5">
+        <v>6.01</v>
       </c>
       <c r="CX14" s="2">
         <v>238</v>
       </c>
       <c r="CY14" s="2">
         <v>2487</v>
       </c>
       <c r="CZ14" s="5">
         <v>10.45</v>
       </c>
       <c r="DA14" s="2">
         <v>10321</v>
       </c>
       <c r="DB14" s="2">
         <v>16160</v>
       </c>
       <c r="DC14" s="5">
         <v>1.57</v>
       </c>
-      <c r="DD14" s="2" t="s">
-[...15 lines deleted...]
-        <v>126</v>
+      <c r="DD14" s="2">
+        <v>4164</v>
+      </c>
+      <c r="DE14" s="2">
+        <v>5670</v>
+      </c>
+      <c r="DF14" s="5">
+        <v>1.36</v>
+      </c>
+      <c r="DG14" s="2">
+        <v>893</v>
+      </c>
+      <c r="DH14" s="2">
+        <v>1060</v>
+      </c>
+      <c r="DI14" s="5">
+        <v>1.19</v>
       </c>
       <c r="DJ14" s="2">
         <v>40906</v>
       </c>
       <c r="DK14" s="2">
         <v>28945</v>
       </c>
       <c r="DL14" s="5">
         <v>0.71</v>
       </c>
       <c r="DM14" s="2">
         <v>2668</v>
       </c>
       <c r="DN14" s="2">
         <v>373</v>
       </c>
       <c r="DO14" s="5">
         <v>0.14</v>
       </c>
       <c r="DP14" s="2">
         <v>96849</v>
       </c>
       <c r="DQ14" s="2">
         <v>2596299</v>
       </c>
@@ -7088,58 +7088,58 @@
       </c>
       <c r="EO14" s="2">
         <v>456230</v>
       </c>
       <c r="EP14" s="5">
         <v>5.47</v>
       </c>
       <c r="EQ14" s="2">
         <v>73072</v>
       </c>
       <c r="ER14" s="2">
         <v>20819</v>
       </c>
       <c r="ES14" s="5">
         <v>0.28</v>
       </c>
       <c r="ET14" s="2">
         <v>6427</v>
       </c>
       <c r="EU14" s="2">
         <v>12111</v>
       </c>
       <c r="EV14" s="5">
         <v>1.88</v>
       </c>
-      <c r="EW14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="EW14" s="2">
+        <v>14638</v>
+      </c>
+      <c r="EX14" s="2">
+        <v>54664</v>
+      </c>
+      <c r="EY14" s="5">
+        <v>3.73</v>
       </c>
       <c r="EZ14" s="2">
         <v>58196</v>
       </c>
       <c r="FA14" s="2">
         <v>75096</v>
       </c>
       <c r="FB14" s="5">
         <v>1.29</v>
       </c>
       <c r="FC14" s="2">
         <v>15504</v>
       </c>
       <c r="FD14" s="2">
         <v>30522</v>
       </c>
       <c r="FE14" s="5">
         <v>1.97</v>
       </c>
       <c r="FF14" s="2">
         <v>10136</v>
       </c>
       <c r="FG14" s="2">
         <v>71919</v>
       </c>
@@ -7205,58 +7205,58 @@
       </c>
       <c r="GB14" s="2">
         <v>92801</v>
       </c>
       <c r="GC14" s="5">
         <v>4.97</v>
       </c>
       <c r="GD14" s="2">
         <v>7593</v>
       </c>
       <c r="GE14" s="2">
         <v>4506</v>
       </c>
       <c r="GF14" s="5">
         <v>0.59</v>
       </c>
       <c r="GG14" s="2">
         <v>84107</v>
       </c>
       <c r="GH14" s="2">
         <v>122500</v>
       </c>
       <c r="GI14" s="5">
         <v>1.46</v>
       </c>
-      <c r="GJ14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="GJ14" s="2">
+        <v>61534</v>
+      </c>
+      <c r="GK14" s="2">
+        <v>18894</v>
+      </c>
+      <c r="GL14" s="5">
+        <v>0.31</v>
       </c>
       <c r="GM14" s="2">
         <v>27755</v>
       </c>
       <c r="GN14" s="2">
         <v>30324</v>
       </c>
       <c r="GO14" s="5">
         <v>1.09</v>
       </c>
       <c r="GP14" s="2">
         <v>9658</v>
       </c>
       <c r="GQ14" s="2">
         <v>9730</v>
       </c>
       <c r="GR14" s="5">
         <v>1.01</v>
       </c>
       <c r="GS14" s="2">
         <v>3970</v>
       </c>
       <c r="GT14" s="2">
         <v>635</v>
       </c>
@@ -7448,58 +7448,58 @@
       </c>
       <c r="JE14" s="2">
         <v>2373</v>
       </c>
       <c r="JF14" s="5">
         <v>1.82</v>
       </c>
       <c r="JG14" s="2">
         <v>743</v>
       </c>
       <c r="JH14" s="2">
         <v>66</v>
       </c>
       <c r="JI14" s="5">
         <v>0.09</v>
       </c>
       <c r="JJ14" s="2">
         <v>7411</v>
       </c>
       <c r="JK14" s="2">
         <v>1910</v>
       </c>
       <c r="JL14" s="5">
         <v>0.26</v>
       </c>
-      <c r="JM14" s="2" t="s">
-[...6 lines deleted...]
-        <v>126</v>
+      <c r="JM14" s="2">
+        <v>61459</v>
+      </c>
+      <c r="JN14" s="2">
+        <v>98384</v>
+      </c>
+      <c r="JO14" s="5">
+        <v>1.6</v>
       </c>
       <c r="JP14" s="2">
         <v>1098</v>
       </c>
       <c r="JQ14" s="2">
         <v>311</v>
       </c>
       <c r="JR14" s="5">
         <v>0.28</v>
       </c>
       <c r="JS14" s="2">
         <v>76</v>
       </c>
       <c r="JT14" s="2">
         <v>212</v>
       </c>
       <c r="JU14" s="5">
         <v>2.79</v>
       </c>
       <c r="JV14" s="2">
         <v>1206</v>
       </c>
       <c r="JW14" s="2">
         <v>524</v>
       </c>
@@ -7565,67 +7565,67 @@
       </c>
       <c r="KR14" s="2">
         <v>4398</v>
       </c>
       <c r="KS14" s="5">
         <v>0.15</v>
       </c>
       <c r="KT14" s="2">
         <v>10173</v>
       </c>
       <c r="KU14" s="2">
         <v>7912</v>
       </c>
       <c r="KV14" s="5">
         <v>0.78</v>
       </c>
       <c r="KW14" s="2">
         <v>15451</v>
       </c>
       <c r="KX14" s="2">
         <v>8679</v>
       </c>
       <c r="KY14" s="5">
         <v>0.56</v>
       </c>
-      <c r="KZ14" s="2" t="s">
-[...15 lines deleted...]
-        <v>126</v>
+      <c r="KZ14" s="2">
+        <v>3649</v>
+      </c>
+      <c r="LA14" s="2">
+        <v>2226</v>
+      </c>
+      <c r="LB14" s="5">
+        <v>0.61</v>
+      </c>
+      <c r="LC14" s="2">
+        <v>7242</v>
+      </c>
+      <c r="LD14" s="2">
+        <v>3270</v>
+      </c>
+      <c r="LE14" s="5">
+        <v>0.45</v>
       </c>
     </row>
     <row r="15" spans="1:317">
       <c r="A15" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B15" s="2">
         <v>7542193</v>
       </c>
       <c r="C15" s="2">
         <v>468452</v>
       </c>
       <c r="D15" s="2">
         <v>71943</v>
       </c>
       <c r="E15" s="5">
         <v>0.15</v>
       </c>
       <c r="F15" s="2">
         <v>750182</v>
       </c>
       <c r="G15" s="2">
         <v>39279</v>
       </c>
       <c r="H15" s="5">