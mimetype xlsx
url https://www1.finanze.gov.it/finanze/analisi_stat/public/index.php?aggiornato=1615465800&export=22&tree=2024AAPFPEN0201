--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -5652,67 +5652,67 @@
       </c>
       <c r="CA14" s="2">
         <v>890707</v>
       </c>
       <c r="CB14" s="5">
         <v>25.71</v>
       </c>
       <c r="CC14" s="2">
         <v>34228</v>
       </c>
       <c r="CD14" s="2">
         <v>237986</v>
       </c>
       <c r="CE14" s="5">
         <v>6.95</v>
       </c>
       <c r="CF14" s="2">
         <v>34482</v>
       </c>
       <c r="CG14" s="2">
         <v>60847</v>
       </c>
       <c r="CH14" s="5">
         <v>1.76</v>
       </c>
-      <c r="CI14" s="2" t="s">
-[...15 lines deleted...]
-        <v>104</v>
+      <c r="CI14" s="2">
+        <v>30344</v>
+      </c>
+      <c r="CJ14" s="2">
+        <v>180648</v>
+      </c>
+      <c r="CK14" s="5">
+        <v>5.95</v>
+      </c>
+      <c r="CL14" s="2">
+        <v>30878</v>
+      </c>
+      <c r="CM14" s="2">
+        <v>179043</v>
+      </c>
+      <c r="CN14" s="5">
+        <v>5.8</v>
       </c>
       <c r="CO14" s="2">
         <v>27153</v>
       </c>
       <c r="CP14" s="2">
         <v>1605</v>
       </c>
       <c r="CQ14" s="5">
         <v>0.06</v>
       </c>
       <c r="CR14" s="2">
         <v>1909</v>
       </c>
       <c r="CS14" s="2">
         <v>3564</v>
       </c>
       <c r="CT14" s="5">
         <v>1.87</v>
       </c>
       <c r="CU14" s="2">
         <v>6083</v>
       </c>
       <c r="CV14" s="2">
         <v>16843</v>
       </c>
@@ -6120,67 +6120,67 @@
       </c>
       <c r="IA14" s="2">
         <v>230</v>
       </c>
       <c r="IB14" s="5">
         <v>0.45</v>
       </c>
       <c r="IC14" s="2">
         <v>60</v>
       </c>
       <c r="ID14" s="2">
         <v>40</v>
       </c>
       <c r="IE14" s="5">
         <v>0.66</v>
       </c>
       <c r="IF14" s="2">
         <v>6</v>
       </c>
       <c r="IG14" s="2">
         <v>1</v>
       </c>
       <c r="IH14" s="5">
         <v>0.17</v>
       </c>
-      <c r="II14" s="2" t="s">
-[...15 lines deleted...]
-        <v>104</v>
+      <c r="II14" s="2">
+        <v>30299</v>
+      </c>
+      <c r="IJ14" s="2">
+        <v>857594</v>
+      </c>
+      <c r="IK14" s="5">
+        <v>28.3</v>
+      </c>
+      <c r="IL14" s="2">
+        <v>24938</v>
+      </c>
+      <c r="IM14" s="2">
+        <v>9842</v>
+      </c>
+      <c r="IN14" s="5">
+        <v>0.39</v>
       </c>
       <c r="IO14" s="2">
         <v>12149</v>
       </c>
       <c r="IP14" s="2">
         <v>1636</v>
       </c>
       <c r="IQ14" s="5">
         <v>0.13</v>
       </c>
     </row>
     <row r="15" spans="1:251">
       <c r="A15" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B15" s="2">
         <v>2517005</v>
       </c>
       <c r="C15" s="2">
         <v>259638</v>
       </c>
       <c r="D15" s="2">
         <v>45293</v>
       </c>
       <c r="E15" s="5">
@@ -8403,58 +8403,58 @@
       </c>
       <c r="IG17" s="2">
         <v>6</v>
       </c>
       <c r="IH17" s="5">
         <v>0.08</v>
       </c>
       <c r="II17" s="2">
         <v>122284</v>
       </c>
       <c r="IJ17" s="2">
         <v>3435879</v>
       </c>
       <c r="IK17" s="5">
         <v>28.1</v>
       </c>
       <c r="IL17" s="2">
         <v>55360</v>
       </c>
       <c r="IM17" s="2">
         <v>29758</v>
       </c>
       <c r="IN17" s="5">
         <v>0.54</v>
       </c>
-      <c r="IO17" s="2" t="s">
-[...6 lines deleted...]
-        <v>104</v>
+      <c r="IO17" s="2">
+        <v>1758</v>
+      </c>
+      <c r="IP17" s="2">
+        <v>313</v>
+      </c>
+      <c r="IQ17" s="5">
+        <v>0.18</v>
       </c>
     </row>
     <row r="18" spans="1:251">
       <c r="A18" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="2">
         <v>132643</v>
       </c>
       <c r="C18" s="2">
         <v>15923</v>
       </c>
       <c r="D18" s="2">
         <v>2289</v>
       </c>
       <c r="E18" s="5">
         <v>0.14</v>
       </c>
       <c r="F18" s="2">
         <v>15768</v>
       </c>
       <c r="G18" s="2">
         <v>731</v>
       </c>
       <c r="H18" s="5">