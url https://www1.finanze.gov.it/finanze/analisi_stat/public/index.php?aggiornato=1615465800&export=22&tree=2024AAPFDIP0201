--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -5768,58 +5768,58 @@
       </c>
       <c r="AQ14" s="2">
         <v>0</v>
       </c>
       <c r="AR14" s="5">
         <v>0.0</v>
       </c>
       <c r="AS14" s="2" t="s">
         <v>108</v>
       </c>
       <c r="AT14" s="2" t="s">
         <v>108</v>
       </c>
       <c r="AU14" s="5" t="s">
         <v>108</v>
       </c>
       <c r="AV14" s="2">
         <v>71</v>
       </c>
       <c r="AW14" s="2">
         <v>1390</v>
       </c>
       <c r="AX14" s="5">
         <v>19.58</v>
       </c>
-      <c r="AY14" s="2" t="s">
-[...6 lines deleted...]
-        <v>108</v>
+      <c r="AY14" s="2">
+        <v>2254</v>
+      </c>
+      <c r="AZ14" s="2">
+        <v>6236</v>
+      </c>
+      <c r="BA14" s="5">
+        <v>2.77</v>
       </c>
       <c r="BB14" s="2">
         <v>140</v>
       </c>
       <c r="BC14" s="2">
         <v>1027</v>
       </c>
       <c r="BD14" s="5">
         <v>7.33</v>
       </c>
       <c r="BE14" s="2">
         <v>250</v>
       </c>
       <c r="BF14" s="2">
         <v>344</v>
       </c>
       <c r="BG14" s="5">
         <v>1.38</v>
       </c>
       <c r="BH14" s="2">
         <v>16500</v>
       </c>
       <c r="BI14" s="2">
         <v>8886</v>
       </c>
@@ -6029,58 +6029,58 @@
       </c>
       <c r="DZ14" s="2">
         <v>21161</v>
       </c>
       <c r="EA14" s="5">
         <v>2.72</v>
       </c>
       <c r="EB14" s="2">
         <v>4130</v>
       </c>
       <c r="EC14" s="2">
         <v>2342</v>
       </c>
       <c r="ED14" s="5">
         <v>0.57</v>
       </c>
       <c r="EE14" s="2">
         <v>51354</v>
       </c>
       <c r="EF14" s="2">
         <v>87502</v>
       </c>
       <c r="EG14" s="5">
         <v>1.7</v>
       </c>
-      <c r="EH14" s="2" t="s">
-[...6 lines deleted...]
-        <v>108</v>
+      <c r="EH14" s="2">
+        <v>35966</v>
+      </c>
+      <c r="EI14" s="2">
+        <v>11594</v>
+      </c>
+      <c r="EJ14" s="5">
+        <v>0.32</v>
       </c>
       <c r="EK14" s="2">
         <v>13052</v>
       </c>
       <c r="EL14" s="2">
         <v>15277</v>
       </c>
       <c r="EM14" s="5">
         <v>1.17</v>
       </c>
       <c r="EN14" s="2">
         <v>4514</v>
       </c>
       <c r="EO14" s="2">
         <v>4563</v>
       </c>
       <c r="EP14" s="5">
         <v>1.01</v>
       </c>
       <c r="EQ14" s="2">
         <v>3096</v>
       </c>
       <c r="ER14" s="2">
         <v>481</v>
       </c>
@@ -6272,58 +6272,58 @@
       </c>
       <c r="HC14" s="2">
         <v>1774</v>
       </c>
       <c r="HD14" s="5">
         <v>1.8</v>
       </c>
       <c r="HE14" s="2">
         <v>473</v>
       </c>
       <c r="HF14" s="2">
         <v>39</v>
       </c>
       <c r="HG14" s="5">
         <v>0.08</v>
       </c>
       <c r="HH14" s="2">
         <v>5418</v>
       </c>
       <c r="HI14" s="2">
         <v>1357</v>
       </c>
       <c r="HJ14" s="5">
         <v>0.25</v>
       </c>
-      <c r="HK14" s="2" t="s">
-[...6 lines deleted...]
-        <v>108</v>
+      <c r="HK14" s="2">
+        <v>35930</v>
+      </c>
+      <c r="HL14" s="2">
+        <v>60620</v>
+      </c>
+      <c r="HM14" s="5">
+        <v>1.69</v>
       </c>
       <c r="HN14" s="2">
         <v>581</v>
       </c>
       <c r="HO14" s="2">
         <v>117</v>
       </c>
       <c r="HP14" s="5">
         <v>0.2</v>
       </c>
       <c r="HQ14" s="2">
         <v>37</v>
       </c>
       <c r="HR14" s="2">
         <v>47</v>
       </c>
       <c r="HS14" s="5">
         <v>1.28</v>
       </c>
       <c r="HT14" s="2">
         <v>650</v>
       </c>
       <c r="HU14" s="2">
         <v>165</v>
       </c>
@@ -6389,67 +6389,67 @@
       </c>
       <c r="IP14" s="2">
         <v>2580</v>
       </c>
       <c r="IQ14" s="5">
         <v>0.14</v>
       </c>
       <c r="IR14" s="2">
         <v>10173</v>
       </c>
       <c r="IS14" s="2">
         <v>7912</v>
       </c>
       <c r="IT14" s="5">
         <v>0.78</v>
       </c>
       <c r="IU14" s="2">
         <v>15451</v>
       </c>
       <c r="IV14" s="2">
         <v>8679</v>
       </c>
       <c r="IW14" s="5">
         <v>0.56</v>
       </c>
-      <c r="IX14" s="2" t="s">
-[...15 lines deleted...]
-        <v>108</v>
+      <c r="IX14" s="2">
+        <v>3649</v>
+      </c>
+      <c r="IY14" s="2">
+        <v>2226</v>
+      </c>
+      <c r="IZ14" s="5">
+        <v>0.61</v>
+      </c>
+      <c r="JA14" s="2">
+        <v>7242</v>
+      </c>
+      <c r="JB14" s="2">
+        <v>3270</v>
+      </c>
+      <c r="JC14" s="5">
+        <v>0.45</v>
       </c>
     </row>
     <row r="15" spans="1:263">
       <c r="A15" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B15" s="2">
         <v>4341103</v>
       </c>
       <c r="C15" s="2">
         <v>161309</v>
       </c>
       <c r="D15" s="2">
         <v>16963</v>
       </c>
       <c r="E15" s="5">
         <v>0.11</v>
       </c>
       <c r="F15" s="2">
         <v>278161</v>
       </c>
       <c r="G15" s="2">
         <v>12132</v>
       </c>
       <c r="H15" s="5">